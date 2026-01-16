--- v0 (2026-01-11)
+++ v1 (2026-01-16)
@@ -8,728 +8,812 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>«Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларына төлемдер жңне төлем жүйелері мңселелері бойынша өзгерістер мен толықтырулар енгізу туралы» Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 248 Қаулысы (20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>22.08.11. берілген өзгерістермен)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+        <w:t>26.11.06. берілген өзгерістермен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>Қазақстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2018 жылғы 28 ақпанда № 16446 тіркелді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve">Жариялануы: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:anchor="!/doc/119255/kaz" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>«ҚР НҚА электрондық түрдегі эталондық бақылау банкі» АЖ 2018 ж. 13 наурызда</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>; «Егемен Қазақстан» 2018 жылғы 20 наурыз № 54 (29285)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>Енгізілген өзгерістер:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>ҚР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық Банкі Басқармасының 2018.29.10. № 269 </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor="sub_id=3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>Қаулысымен</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2019 ж. 1 қаңтардан бастап қолданысқа енгізілді)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>ҚР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық Банкі Басқармасының 2018.29.11. № 294 </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="sub_id=101" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>Қаулысымен</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2019 ж. 1 шілдеден бастап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> қолданысқа енгізілді)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>ҚР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық Банкі Басқармасының 2020.28.09. № 120 </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>Қаулысымен</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020 жылғы 16 желтоқсаннан бастап қолданысқа енгізілді)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>ҚР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық Банкі Басқармасының 2020.27.10. № 128 </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:anchor="sub_id=1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>Қаулысымен</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020 ж. 16 желтоқсаннан бастап қолданысқа енгізілді)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
       <w:pPr>
         <w:pStyle w:val="pj"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>ҚР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2022.20.10. № 73 </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>Қаулысымен</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2022 ж. 8 қарашадан бастап </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:anchor="sub_id=5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>қолданысқа</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t xml:space="preserve"> енгізілді</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...39 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>ҚР</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ұлттық Банкі Басқармасының 2025.24.12. № 100 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="sub_id=101" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
-          <w:t>редакция</w:t>
+          <w:t>Қаулысымен</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...10 lines deleted...]
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2026 ж. 11 қаңтардан бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="sub_id=50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
-          <w:t>редакция</w:t>
+          <w:t>қолданысқа</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> енгізілді</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">2020 ж. 28 қыркүйекке дейін қолданылған </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>Бұрынғы редакциялар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 ж. 29 қазанға дейін қолданылған </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>редакция</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">2020 ж. 27 қазанға дейін қолданылған </w:t>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 ж. 29 қарашаға дейін қолданылған </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>редакция</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">2022 ж. 20 қазанға дейін қолданылған </w:t>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 ж. 28 қыркүйекке дейін қолданылған </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
           </w:rPr>
           <w:t>редакция</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 ж. 27 қазанға дейін қолданылған </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>редакция</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 ж. 20 қазанға дейін қолданылған </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>редакция</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 ж. 24 желтоқсанға дейін қолданылған </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>редакция</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00920B52">
-[...6 lines deleted...]
-          <w:bCs/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F47873">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
-      <w:headerReference w:type="even" r:id="rId19"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52" w:rsidP="00920B52">
+    <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873" w:rsidP="00F47873">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52" w:rsidP="00920B52">
+    <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873" w:rsidP="00F47873">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52">
+  <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52">
+  <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52">
+  <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52" w:rsidP="00920B52">
+    <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873" w:rsidP="00F47873">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52" w:rsidP="00920B52">
+    <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873" w:rsidP="00F47873">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52">
+  <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52" w:rsidP="00920B52">
+  <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873" w:rsidP="00F47873">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:spacing w:after="100"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Источник: Информационная система "ПАРАГРАФ"</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00920B52" w:rsidRPr="00920B52" w:rsidRDefault="00920B52" w:rsidP="00920B52">
+  <w:p w:rsidR="00F47873" w:rsidRPr="00F47873" w:rsidRDefault="00F47873" w:rsidP="00F47873">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:spacing w:after="100"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Документ: «Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларына төлемдер және төлем жүйелері мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы» Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 248 Қаулысы (2022.08.11. берілген өзгерістермен)</w:t>
+      <w:t>Документ: «Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларына төлемдер және төлем жүйелері мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы» Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 248 Қаулысы (2026.11.06. берілген өзгерістермен)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00920B52" w:rsidRDefault="00920B52">
+  <w:p w:rsidR="00F47873" w:rsidRDefault="00F47873">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:view w:val="web"/>
+  <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:defaultTabStop w:val="708"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00920B52"/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsidRoot w:val="00F47873"/>
+    <w:rsid w:val="00F47873"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1003,103 +1087,96 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1354,121 +1431,114 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00920B52"/>
+    <w:rsid w:val="00F47873"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35299415" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=38126722" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35110608" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zan.gov.kz/client/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=38126722" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=33241018" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=32076868" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35370457" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35718209" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35508932" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=38686288" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=34001200" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35299415" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=38126722" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=32076868" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=37041868" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zan.gov.kz/client/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=38126722" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35718209" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=34001200" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35110608" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35370457" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35030493" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35508932" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=33241018" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=38686288" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?doc_id=35030493" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1717,54 +1787,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>188</Words>
-  <Characters>2108</Characters>
+  <Words>400</Words>
+  <Characters>2282</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2292</CharactersWithSpaces>
+  <CharactersWithSpaces>2677</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>